--- v0 (2025-12-07)
+++ v1 (2026-03-15)
@@ -51,303 +51,303 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ASLO</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/339/ata_1a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/339/ata_1a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Sessão Ordinária de 2003."</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/365/ata_2a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/365/ata_2a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Sessão Ordinária de 2003."</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/388/ata_3a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/388/ata_3a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 3ª Reunião Ordinária de 2003."</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/410/ata_4a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/410/ata_4a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Ordinária de 2003."</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/434/ata_5a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/434/ata_5a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Ordinária de 2003."</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/458/ata_6a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/458/ata_6a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Ordinária de 2003."</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/480/ata_7a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/480/ata_7a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Ordinária de 2003."</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/504/ata_8a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/504/ata_8a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Reunião Ordinária de 2003."</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/525/ata_9a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/525/ata_9a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 9ª Reunião Ordinária de 2003."</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/546/ata_10a_ord_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/546/ata_10a_ord_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 10ª Reunião Ordinária de 2003."</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>ASLE</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA EXTRAORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/327/ata_1a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/327/ata_1a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/354/ata_2a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/354/ata_2a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Sessão Extraordinária de 2003."</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/376/ata_3a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/376/ata_3a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 3ª Sessão Extraordinária de 2003."</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/398/ata_4a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/398/ata_4a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/422/ata_5a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/422/ata_5a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/446/ata_6a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/446/ata_6a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/469/ata_7a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/469/ata_7a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/492/ata_8a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/492/ata_8a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/515/ata_9a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/515/ata_9a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 9ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/536/ata_10a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/536/ata_10a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 10ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/558/ata_11a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/558/ata_11a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 11ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/573/ata_12a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/573/ata_12a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 12ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/582/ata_13a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/582/ata_13a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 13ª Reunião Extraordinária de 2003."</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/591/ata_14a_ext_2003.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/591/ata_14a_ext_2003.pdf</t>
   </si>
   <si>
     <t>"Ata 14ª Reunião Extraordinária de 2003."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -654,68 +654,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/339/ata_1a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/365/ata_2a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/388/ata_3a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/410/ata_4a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/434/ata_5a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/458/ata_6a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/480/ata_7a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/504/ata_8a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/525/ata_9a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/546/ata_10a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/327/ata_1a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/354/ata_2a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/376/ata_3a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/398/ata_4a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/422/ata_5a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/446/ata_6a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/469/ata_7a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/492/ata_8a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/515/ata_9a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/536/ata_10a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/558/ata_11a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/573/ata_12a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/582/ata_13a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/591/ata_14a_ext_2003.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/339/ata_1a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/365/ata_2a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/388/ata_3a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/410/ata_4a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/434/ata_5a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/458/ata_6a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/480/ata_7a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/504/ata_8a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/525/ata_9a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/546/ata_10a_ord_2003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/327/ata_1a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/354/ata_2a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/376/ata_3a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/398/ata_4a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/422/ata_5a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/446/ata_6a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/469/ata_7a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/492/ata_8a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/515/ata_9a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/536/ata_10a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/558/ata_11a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/573/ata_12a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/582/ata_13a_ext_2003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2003/591/ata_14a_ext_2003.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="37.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>