--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -51,1315 +51,1315 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER - COFC</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1079/cfotc_02_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1079/cfotc_02_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1085/cfotc_03_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1085/cfotc_03_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a adquirir terreno urbano para construção de casas populares através do programa de habitação de interesse social do Fundo Nacional de Habitação de Interesse Social e dá outras providências."</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1049/cfotc_04_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1049/cfotc_04_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Prefeito Municipal de Claraval a firmar termo associativo com a associação Nascente das Gerais."</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1055/cfotc_05_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1055/cfotc_05_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TURISMO DE CLARAVAL - COMTUR E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1061/cfotc_06_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1061/cfotc_06_2013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O FUNDO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1067/cfotc_13_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1067/cfotc_13_2013.pdf</t>
   </si>
   <si>
     <t>"Institui o Conselho Municipal e o Fundo Municipal do Esporte e Lazer e dá outras providências."</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1073/cfotc_08_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1073/cfotc_08_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza concessão de Contribuições e contém outras providências."</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1091/cfotc_09_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1091/cfotc_09_2013.pdf</t>
   </si>
   <si>
     <t>"Altera itens da Estrutura Administrativa da Prefeitura Municipal de Claraval, instituída pela Lei Complementar nº 01, de 11 de março de_x000D_
 2009."</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1097/cfotc_10_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1097/cfotc_10_2013.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei nº 1048 de 24 de março de 2006 e dá outras providências."</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1103/cfotc_11_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1103/cfotc_11_2013.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei nº 1195 de 19 de outubro de 2010."</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1109/cfotc_12_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1109/cfotc_12_2013.pdf</t>
   </si>
   <si>
     <t>"Atualiza e estabelece nova legislação municipal relativa ao Conselho Deliberativo Municipal do Patrimônio Cultural de Claraval."</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1112/cfotc_13_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1112/cfotc_13_2013.pdf</t>
   </si>
   <si>
     <t>"Altera artigos da Lei 1136/2009, e dá outras providências."</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1234/cfotc_14_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1234/cfotc_14_2013.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública a entidade associativa que especifica_x000D_
 e dá outras providências."</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1231/cfotc_15_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1231/cfotc_15_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Prefeitura a conceder benefícios alimentares aos seus servidores públicos e dá outras providências."</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1127/cfotc_16_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1127/cfotc_16_2013.pdf</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1130/cfotc_17_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1130/cfotc_17_2013.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA О PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA CADEIA PRODUTIVA DA AQUICULTURA FAMILIAR,  BEM  COMO_x000D_
 UTILIZAR RECURSOS NA PROMOÇÃO DE AÇÕES DE APOIO E INCENTIVO À ATIVIDADE."</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1136/cfotc_18_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1136/cfotc_18_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza о Poder Executivo Municipal a promover revisão geral de salários dos servidores públicos do Poder Executivo do Município e dá outras providências."</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1139/cfotc_19_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1139/cfotc_19_2013.pdf</t>
   </si>
   <si>
     <t>"Estabelece os meios oficiais de publicação dos atos normativos e administrativos do Município de Claraval-MG E dá outras providências."</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1145/cfotc_20_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1145/cfotc_20_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza о Município de Claraval a celebrar contrato de comodato com centro de formação de condutores que especifica, e dá outras providências."</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1151/cfotc_24_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1151/cfotc_24_2013.pdf</t>
   </si>
   <si>
     <t>"Altera artigos da Lei Municipal n° 1136/2009, e dá outras providências."</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1162/cfotc_26_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1162/cfotc_26_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre sobre autorização para transporte de calcário e análise solo e dá outras providências."</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1168/cfotc_27_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1168/cfotc_27_2013.pdf</t>
   </si>
   <si>
     <t>"Institui normas para o funcionamento da Feira Livre de Claraval e dá outras providências."</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1177/cfotc_33_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1177/cfotc_33_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, A DOTAÇÃO ORÇAMENTÁRIA, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1171/cfotc_35_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1171/cfotc_35_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, AS DOTAÇÕES ORÇAMENTÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1183/cfotc_37_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1183/cfotc_37_2013.pdf</t>
   </si>
   <si>
     <t>"Altera o artigo 1º da Lei 999/2004."</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1186/cfotc_38_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1186/cfotc_38_2013.pdf</t>
   </si>
   <si>
     <t>"Altera o parágrafo único do artigo 2º e suas respectivas tabelas da Lei 1.120/2009."</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1192/cfotc_39_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1192/cfotc_39_2013.pdf</t>
   </si>
   <si>
     <t>"Altera o parágrafo único do artigo 2º da Lei 1.163/2009."</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1195/cfotc_40_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1195/cfotc_40_2013.pdf</t>
   </si>
   <si>
     <t>"Extingue o cargo de Assessor Jurídico Administrativo e dá outras providências."</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1201/cfotc_41_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1201/cfotc_41_2013.pdf</t>
   </si>
   <si>
     <t>"Cria Cargos de provimento efetivo, e dá outras providências."</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1204/cfotc_42_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1204/cfotc_42_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza a contratação temporária de servidores, pelo Poder Executivo Municipal, para atender atividades consideradas de excepcional interesse público, e dá outras providências."</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1034/cfotc_43_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1034/cfotc_43_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre ampliação do perímetro urbano do município e dá outras providências."</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1037/cfotc_44_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1037/cfotc_44_2013.pdf</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1210/cfotc_45_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1210/cfotc_45_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a contratação por tempo determinado de mão de obra técnica especializada a ser utilizada no Programa de Saúde da Família e na Vigilância e Saúde Municipal e dá outras providências."</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1040/cfotc_46_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1040/cfotc_46_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre expansão do perímetro urbano do Município_x000D_
 e dá outras providências."</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1216/cfotc_47_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1216/cfotc_47_2013.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei nº 1.282/2013, de março de 2013 e dá outras providências."</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1222/cfotc_48_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1222/cfotc_48_2013.pdf</t>
   </si>
   <si>
     <t>"Altera a composição do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e dá outras providências."</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1225/cfotc_52_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1225/cfotc_52_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a ceder espaço em prédio público para instalação de escritório de despachante e dá outras providências."</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1228/cfotc_53_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1228/cfotc_53_2013.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.291, de 12 de julho de 2013, que dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício de 2014."</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>PARECER - CCJR</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1080/cljrf_02_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1080/cljrf_02_2013.pdf</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1086/cljrf_03_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1086/cljrf_03_2013.pdf</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1050/cljrf_04_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1050/cljrf_04_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal de Claraval a firmar termo associativo com a associação Nascente das Gerais.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1056/cljrf_05_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1056/cljrf_05_2013.pdf</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1062/cljrf_06_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1062/cljrf_06_2013.pdf</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1068/cljrf_07_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1068/cljrf_07_2013.pdf</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1074/cljrf_08_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1074/cljrf_08_2013.pdf</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1092/cljrf_09_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1092/cljrf_09_2013.pdf</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1098/cljrf_10_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1098/cljrf_10_2013.pdf</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1104/cljrf_11_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1104/cljrf_11_2013.pdf</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1110/cljrf_12_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1110/cljrf_12_2013.pdf</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1113/cljrf_13_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1113/cljrf_13_2013.pdf</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1235/cljrf_14_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1235/cljrf_14_2013.pdf</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1232/cljrf_15_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1232/cljrf_15_2013.pdf</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1128/cljrf_16_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1128/cljrf_16_2013.pdf</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1131/cljrf_17_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1131/cljrf_17_2013.pdf</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1137/cljrf_18_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1137/cljrf_18_2013.pdf</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1140/cljrf_19_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1140/cljrf_19_2013.pdf</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1146/cljrf_20_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1146/cljrf_20_2013.pdf</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1152/cljrf_24_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1152/cljrf_24_2013.pdf</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1163/cljrf_26_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1163/cljrf_26_2013.pdf</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1169/cljrf_27_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1169/cljrf_27_2013.pdf</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1157/cljrf_31_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1157/cljrf_31_2013.pdf</t>
   </si>
   <si>
     <t>"Dá nova redação a artigos que especifica das Leis 990/2003 e 1262/2012, que dispõem sobre a política municipal dos direitos da Criança e do Adolescente e dá outras providências."</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1178/cljrf_33_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1178/cljrf_33_2013.pdf</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1172/cljrf_35_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1172/cljrf_35_2013.pdf</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1184/cljrf_37_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1184/cljrf_37_2013.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei 999/2004.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1187/cljrf_38_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1187/cljrf_38_2013.pdf</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1193/cljrf_39_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1193/cljrf_39_2013.pdf</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1196/cljrf_40_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1196/cljrf_40_2013.pdf</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1202/cljrf_41_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1202/cljrf_41_2013.pdf</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1205/cljrf_42_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1205/cljrf_42_2013.pdf</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1035/cljrf_43_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1035/cljrf_43_2013.pdf</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1038/cljrf_44_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1038/cljrf_44_2013.pdf</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1211/cljrf_45_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1211/cljrf_45_2013.pdf</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1041/cljrf_46_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1041/cljrf_46_2013.pdf</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1217/cljrf_47_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1217/cljrf_47_2013.pdf</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1223/cljrf_48_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1223/cljrf_48_2013.pdf</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1226/cljrf_52_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1226/cljrf_52_2013.pdf</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1229/cljrf_53_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1229/cljrf_53_2013.pdf</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1051/plo_01_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1051/plo_01_2013.pdf</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1057/plo_02_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1057/plo_02_2013.pdf</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1063/plo_03_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1063/plo_03_2013.pdf</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1069/plo_04_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1069/plo_04_2013.pdf</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1075/plo_05_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1075/plo_05_2013.pdf</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1081/plo_06_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1081/plo_06_2013.pdf</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1087/plo_07_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1087/plo_07_2013.pdf</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1093/plo_08_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1093/plo_08_2013.pdf</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1099/plo_09_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1099/plo_09_2013.pdf</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1105/plo_10_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1105/plo_10_2013.pdf</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1111/plo_11_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1111/plo_11_2013.pdf</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1114/plo_12_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1114/plo_12_2013.pdf</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1236/plo_13_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1236/plo_13_2013.pdf</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1233/plo_15_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1233/plo_15_2013.pdf</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1129/plo_16_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1129/plo_16_2013.pdf</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1132/plo_17_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1132/plo_17_2013.pdf</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1138/plo_18_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1138/plo_18_2013.pdf</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1141/plo_19_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1141/plo_19_2013.pdf</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1147/plo_20_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1147/plo_20_2013.pdf</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1153/plo_21_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1153/plo_21_2013.pdf</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1158/plo_22_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1158/plo_22_2013.pdf</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1164/plo_23_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1164/plo_23_2013.pdf</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1170/plo_24_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1170/plo_24_2013.pdf</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1173/plo_25_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1173/plo_25_2013.pdf</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1179/plo_26_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1179/plo_26_2013.pdf</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1185/plo_27_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1185/plo_27_2013.pdf</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1188/plo_28_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1188/plo_28_2013.pdf</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1194/plo_29_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1194/plo_29_2013.pdf</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1197/plo_30_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1197/plo_30_2013.pdf</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1203/plo_31_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1203/plo_31_2013.pdf</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1206/plo_32_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1206/plo_32_2013.pdf</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1212/plo_34_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1212/plo_34_2013.pdf</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1218/plo_35_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1218/plo_35_2013.pdf</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1224/plo_38_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1224/plo_38_2013.pdf</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1227/plo_42_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1227/plo_42_2013.pdf</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1230/plo_44_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1230/plo_44_2013.pdf</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1246/req_02_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1246/req_02_2013.pdf</t>
   </si>
   <si>
     <t>"A Mesa da Câmara Municipal de Claraval ao Plenário cumprimento a disposição a disposição regimental, solicita assentimento especial para concessão de Urgência Especial para apreciação do Projeto de Leis nº 13/2013 do Poder Executivo."</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1036/plc_01_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1036/plc_01_2013.pdf</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1039/plc_02_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1039/plc_02_2013.pdf</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1042/plc_03_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1042/plc_03_2013.pdf</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>ASLO</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA ORDINÁRIA</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara Municipal de Claraval - MDC</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/167/ata_1a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/167/ata_1a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Reunião Ordinária de 2013."</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/173/ata_2a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/173/ata_2a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Reunião Ordinária de 2013."</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/179/ata_3a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/179/ata_3a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 3ª Reunião Ordinária de 2013."</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/185/ata_4a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/185/ata_4a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Ordinária de 2013."</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Plenário da Câmara Municipal de Claraval - PlenCMC</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/191/ata_5a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/191/ata_5a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Ordinária de 2013."</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/197/ata_6a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/197/ata_6a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Ordinária de 2013."</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/203/ata_7a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/203/ata_7a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Ordinária de 2013."</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/209/ata_8a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/209/ata_8a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Sessão Ordinária de 2013."</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/214/ata_9a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/214/ata_9a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 9ª Sessão Ordinária de 2013."</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/220/ata_10a_ord_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/220/ata_10a_ord_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 10ª Sessão Ordinária de 2013."</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>PARECER - COSP</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1247/cosp_01_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1247/cosp_01_2013.pdf</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1248/cosp_02_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1248/cosp_02_2013.pdf</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>ASLE</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA EXTRAORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/164/ata_1a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/164/ata_1a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/170/ata_2a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/170/ata_2a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/176/ata_3a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/176/ata_3a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 3ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/182/ata_4a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/182/ata_4a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/188/ata_5a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/188/ata_5a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/194/ata_6a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/194/ata_6a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/200/ata_7a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/200/ata_7a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/206/ata_8a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/206/ata_8a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Reunião Extraordinária do ano de 2023."</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/212/ata_9a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/212/ata_9a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 9ª Sessão Extraordinária de 2013."</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/217/ata_10a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/217/ata_10a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 10ª Sessão Extraordinária de 2013."</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/223/ata_11a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/223/ata_11a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 11ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/227/ata_12a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/227/ata_12a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 12ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/230/ata_14a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/230/ata_14a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 14ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/232/ata_15a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/232/ata_15a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 15ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/234/ata_16a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/234/ata_16a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 16ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/236/ata_17a_ext_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/236/ata_17a_ext_2013.pdf</t>
   </si>
   <si>
     <t>"Ata 17ª Reunião Extraordinária de 2013."</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1243/pem_01_2013.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1243/pem_01_2013.pdf</t>
   </si>
   <si>
     <t>"Institui o Fundo Municipal de Turismo e dá outras providencias."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1666,67 +1666,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1079/cfotc_02_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1085/cfotc_03_2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1049/cfotc_04_2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1055/cfotc_05_2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1061/cfotc_06_2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1067/cfotc_13_2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1073/cfotc_08_2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1091/cfotc_09_2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1097/cfotc_10_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1103/cfotc_11_2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1109/cfotc_12_2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1112/cfotc_13_2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1234/cfotc_14_2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1231/cfotc_15_2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1127/cfotc_16_2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1130/cfotc_17_2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1136/cfotc_18_2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1139/cfotc_19_2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1145/cfotc_20_2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1151/cfotc_24_2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1162/cfotc_26_2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1168/cfotc_27_2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1177/cfotc_33_2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1171/cfotc_35_2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1183/cfotc_37_2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1186/cfotc_38_2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1192/cfotc_39_2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1195/cfotc_40_2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1201/cfotc_41_2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1204/cfotc_42_2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1034/cfotc_43_2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1037/cfotc_44_2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1210/cfotc_45_2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1040/cfotc_46_2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1216/cfotc_47_2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1222/cfotc_48_2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1225/cfotc_52_2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1228/cfotc_53_2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1080/cljrf_02_2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1086/cljrf_03_2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1050/cljrf_04_2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1056/cljrf_05_2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1062/cljrf_06_2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1068/cljrf_07_2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1074/cljrf_08_2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1092/cljrf_09_2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1098/cljrf_10_2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1104/cljrf_11_2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1110/cljrf_12_2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1113/cljrf_13_2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1235/cljrf_14_2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1232/cljrf_15_2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1128/cljrf_16_2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1131/cljrf_17_2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1137/cljrf_18_2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1140/cljrf_19_2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1146/cljrf_20_2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1152/cljrf_24_2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1163/cljrf_26_2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1169/cljrf_27_2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1157/cljrf_31_2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1178/cljrf_33_2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1172/cljrf_35_2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1184/cljrf_37_2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1187/cljrf_38_2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1193/cljrf_39_2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1196/cljrf_40_2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1202/cljrf_41_2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1205/cljrf_42_2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1035/cljrf_43_2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1038/cljrf_44_2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1211/cljrf_45_2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1041/cljrf_46_2013.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1217/cljrf_47_2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1223/cljrf_48_2013.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1226/cljrf_52_2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1229/cljrf_53_2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1051/plo_01_2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1057/plo_02_2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1063/plo_03_2013.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1069/plo_04_2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1075/plo_05_2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1081/plo_06_2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1087/plo_07_2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1093/plo_08_2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1099/plo_09_2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1105/plo_10_2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1111/plo_11_2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1114/plo_12_2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1236/plo_13_2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1233/plo_15_2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1129/plo_16_2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1132/plo_17_2013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1138/plo_18_2013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1141/plo_19_2013.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1147/plo_20_2013.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1153/plo_21_2013.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1158/plo_22_2013.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1164/plo_23_2013.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1170/plo_24_2013.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1173/plo_25_2013.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1179/plo_26_2013.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1185/plo_27_2013.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1188/plo_28_2013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1194/plo_29_2013.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1197/plo_30_2013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1203/plo_31_2013.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1206/plo_32_2013.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1212/plo_34_2013.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1218/plo_35_2013.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1224/plo_38_2013.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1227/plo_42_2013.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1230/plo_44_2013.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1246/req_02_2013.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1036/plc_01_2013.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1039/plc_02_2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1042/plc_03_2013.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/167/ata_1a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/173/ata_2a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/179/ata_3a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/185/ata_4a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/191/ata_5a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/197/ata_6a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/203/ata_7a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/209/ata_8a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/214/ata_9a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/220/ata_10a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1247/cosp_01_2013.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1248/cosp_02_2013.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/164/ata_1a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/170/ata_2a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/176/ata_3a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/182/ata_4a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/188/ata_5a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/194/ata_6a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/200/ata_7a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/206/ata_8a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/212/ata_9a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/217/ata_10a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/223/ata_11a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/227/ata_12a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/230/ata_14a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/232/ata_15a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/234/ata_16a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/236/ata_17a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1243/pem_01_2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1079/cfotc_02_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1085/cfotc_03_2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1049/cfotc_04_2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1055/cfotc_05_2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1061/cfotc_06_2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1067/cfotc_13_2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1073/cfotc_08_2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1091/cfotc_09_2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1097/cfotc_10_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1103/cfotc_11_2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1109/cfotc_12_2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1112/cfotc_13_2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1234/cfotc_14_2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1231/cfotc_15_2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1127/cfotc_16_2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1130/cfotc_17_2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1136/cfotc_18_2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1139/cfotc_19_2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1145/cfotc_20_2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1151/cfotc_24_2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1162/cfotc_26_2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1168/cfotc_27_2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1177/cfotc_33_2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1171/cfotc_35_2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1183/cfotc_37_2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1186/cfotc_38_2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1192/cfotc_39_2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1195/cfotc_40_2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1201/cfotc_41_2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1204/cfotc_42_2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1034/cfotc_43_2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1037/cfotc_44_2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1210/cfotc_45_2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1040/cfotc_46_2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1216/cfotc_47_2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1222/cfotc_48_2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1225/cfotc_52_2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1228/cfotc_53_2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1080/cljrf_02_2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1086/cljrf_03_2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1050/cljrf_04_2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1056/cljrf_05_2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1062/cljrf_06_2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1068/cljrf_07_2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1074/cljrf_08_2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1092/cljrf_09_2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1098/cljrf_10_2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1104/cljrf_11_2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1110/cljrf_12_2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1113/cljrf_13_2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1235/cljrf_14_2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1232/cljrf_15_2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1128/cljrf_16_2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1131/cljrf_17_2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1137/cljrf_18_2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1140/cljrf_19_2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1146/cljrf_20_2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1152/cljrf_24_2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1163/cljrf_26_2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1169/cljrf_27_2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1157/cljrf_31_2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1178/cljrf_33_2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1172/cljrf_35_2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1184/cljrf_37_2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1187/cljrf_38_2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1193/cljrf_39_2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1196/cljrf_40_2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1202/cljrf_41_2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1205/cljrf_42_2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1035/cljrf_43_2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1038/cljrf_44_2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1211/cljrf_45_2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1041/cljrf_46_2013.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1217/cljrf_47_2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1223/cljrf_48_2013.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1226/cljrf_52_2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1229/cljrf_53_2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1051/plo_01_2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1057/plo_02_2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1063/plo_03_2013.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1069/plo_04_2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1075/plo_05_2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1081/plo_06_2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1087/plo_07_2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1093/plo_08_2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1099/plo_09_2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1105/plo_10_2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1111/plo_11_2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1114/plo_12_2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1236/plo_13_2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1233/plo_15_2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1129/plo_16_2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1132/plo_17_2013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1138/plo_18_2013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1141/plo_19_2013.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1147/plo_20_2013.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1153/plo_21_2013.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1158/plo_22_2013.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1164/plo_23_2013.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1170/plo_24_2013.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1173/plo_25_2013.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1179/plo_26_2013.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1185/plo_27_2013.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1188/plo_28_2013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1194/plo_29_2013.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1197/plo_30_2013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1203/plo_31_2013.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1206/plo_32_2013.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1212/plo_34_2013.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1218/plo_35_2013.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1224/plo_38_2013.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1227/plo_42_2013.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1230/plo_44_2013.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1246/req_02_2013.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1036/plc_01_2013.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1039/plc_02_2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1042/plc_03_2013.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/167/ata_1a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/173/ata_2a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/179/ata_3a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/185/ata_4a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/191/ata_5a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/197/ata_6a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/203/ata_7a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/209/ata_8a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/214/ata_9a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/220/ata_10a_ord_2013.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1247/cosp_01_2013.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1248/cosp_02_2013.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/164/ata_1a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/170/ata_2a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/176/ata_3a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/182/ata_4a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/188/ata_5a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/194/ata_6a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/200/ata_7a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/206/ata_8a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/212/ata_9a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/217/ata_10a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/223/ata_11a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/227/ata_12a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/230/ata_14a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/232/ata_15a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/234/ata_16a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/236/ata_17a_ext_2013.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2013/1243/pem_01_2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="213.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>