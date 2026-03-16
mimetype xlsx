--- v0 (2025-12-08)
+++ v1 (2026-03-16)
@@ -51,853 +51,853 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER - COFC</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/860/cfotc_01_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/860/cfotc_01_2017.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE REGULARIZAÇÃO FISCAL NO MUNICÍPIO DE CLARAVAL/MG, MEDIANTE CONCESSÃO DE ANISTIA DE MULTA, JUROS INCIDENTES EM CRÉDITOS TRIBUTÁRIOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/863/cfotc_02_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/863/cfotc_02_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A PROMOVER REVISÃO GERAL DOS SALÁRIOS DOS SERVIDORES DO MUNICÍPIO DE CLARAVAL/MG, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/912/cfotc_23_2017a.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/912/cfotc_23_2017a.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DOAÇÃO DE BEM MÓVEL AO CONSELHO COMUNITÁRIO DE SEGURANÇA PÚBLICA - CONSEP, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/866/cfotc_08_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/866/cfotc_08_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE CLARAVAL/MG RECEBER EM ADJUNÇÃO TEMPORÁRIA DE SERVIDOR MUNICIPAL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/869/cfotc_10_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/869/cfotc_10_2017.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O FUNDO MUNICIPAL DO MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/872/cfotc_12_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/872/cfotc_12_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza concessão de Subvenções, Auxílios Financeiros e Contribuições e contém outras providências."</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/875/cfotc_21_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/875/cfotc_21_2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE NOVA DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS DE CLARAVAL – ESTADO DE MINAS GERAIS QUE ESPECIFICA."</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/879/cfotc_22_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/879/cfotc_22_2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, AS DOTAÇÕES ORÇAMENTÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/882/cfotc_23_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/882/cfotc_23_2017.pdf</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/885/cfotc_24_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/885/cfotc_24_2017.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O "DIA DO MOTOR HOME" NO MUNICÍPIO DE CLARAVAL/MG."</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/888/cfotc_25_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/888/cfotc_25_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL PARA A AQUISIÇÃO DE IMÓVEL DO POSTO DE SAÚDE."</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/891/cfotc_26_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/891/cfotc_26_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO_x000D_
 COM O BANCO DO BRASIL S.A E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/894/cfotc_27_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/894/cfotc_27_2017.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO § 3º DO ART. 5º DA LEI Nº 1.345/2015 QUE APROVA O PLANO MUNICIPAL DE EDUCAÇÃO - PME E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/897/cfotc_28_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/897/cfotc_28_2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DOAÇÃO DE IMÓVEIS À COMPANHIA DE HABITAÇÃO DO ESTADO DE MINAS GERAIS COHAB MINAS OU AOS BENEFICIÁRIOS FINAIS, NA FORMA E CONDIÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/903/cfotc_29_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/903/cfotc_29_2017.pdf</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/900/cfotc_30_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/900/cfotc_30_2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÕES DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE CLARAVAL/MG E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/909/cfotc_32_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/909/cfotc_32_2017.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.367 de 21 de julho de 2017 que dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício financeiro de 2018."</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/910/cfotc_34_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/910/cfotc_34_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A EQUIPARAR SALÁRIOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>PARECER - CCJR</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/861/cljrf_01_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/861/cljrf_01_2017.pdf</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/864/cljrf_02_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/864/cljrf_02_2017.pdf</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/913/cljrf_023_2017a.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/913/cljrf_023_2017a.pdf</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/867/cljrf_08_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/867/cljrf_08_2017.pdf</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/870/cljrf_10_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/870/cljrf_10_2017.pdf</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/873/cljrf_12_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/873/cljrf_12_2017.pdf</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/876/cljrf_21_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/876/cljrf_21_2017.pdf</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/880/cljrf_22_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/880/cljrf_22_2017.pdf</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/883/cljrf_23_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/883/cljrf_23_2017.pdf</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/886/cljrf_24_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/886/cljrf_24_2017.pdf</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/889/cljrf_25_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/889/cljrf_25_2017.pdf</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/892/cljrf_26_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/892/cljrf_26_2017.pdf</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/895/cljrf_27_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/895/cljrf_27_2017.pdf</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/898/cljrf_28_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/898/cljrf_28_2017.pdf</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/904/cljrf_29_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/904/cljrf_29_2017.pdf</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/901/cljrf_30_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/901/cljrf_30_2017.pdf</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/907/cljrf_32_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/907/cljrf_32_2017.pdf</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/911/cljrf_34_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/911/cljrf_34_2017.pdf</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/859/plo_001_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/859/plo_001_2017.pdf</t>
   </si>
   <si>
     <t>"CARACTERIZA SITUAÇÃO DE EXCEPCIONAL INTERESSE PÚBLICO, AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE SERVIDORES, E DÁ OUTRAS PROVIDENCIAS ."</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/862/plo_002_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/862/plo_002_2017.pdf</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/865/plo_004_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/865/plo_004_2017.pdf</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/868/plo_006_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/868/plo_006_2017.pdf</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/871/plo_007_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/871/plo_007_2017.pdf</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/874/plo_010_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/874/plo_010_2017.pdf</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/878/plo_011_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/878/plo_011_2017.pdf</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/858/plo_012_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/858/plo_012_2017.pdf</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/896/plo_013_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/896/plo_013_2017.pdf</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/884/plo_014_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/884/plo_014_2017.pdf</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/887/plo_015_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/887/plo_015_2017.pdf</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/881/plo_016_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/881/plo_016_2017.pdf</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/890/plo_017_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/890/plo_017_2017.pdf</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/893/plo_018_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/893/plo_018_2018.pdf</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/905/plo_020_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/905/plo_020_2017.pdf</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/908/plo_022_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/908/plo_022_2017.pdf</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/914/plc_001_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/914/plc_001_2017.pdf</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/902/plc_003_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/902/plc_003_2017.pdf</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/899/plc_004_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/899/plc_004_2017.pdf</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>ASLO</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA ORDINÁRIA</t>
   </si>
   <si>
     <t>Plenário da Câmara Municipal de Claraval - PlenCMC</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/243/ata_1a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/243/ata_1a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Reunião Ordinária de 2017."</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/249/ata_2a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/249/ata_2a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Sessão Ordinária de 2017."</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/255/ata_3a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/255/ata_3a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 3ª Sessão Ordinária de 2017."</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/261/ata_4a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/261/ata_4a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Ordinária de 2017."</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/267/ata_5a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/267/ata_5a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Ordinária de 2017."</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/273/ata_6a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/273/ata_6a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Ordinária de 2017."</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/279/ata_7a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/279/ata_7a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Ordinária de 2017."</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/285/ata_8a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/285/ata_8a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Reunião Ordinária de 2017."</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/291/ata_9a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/291/ata_9a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 9ª Reunião Ordinária de 2017."</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/297/ata_10a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/297/ata_10a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 10ª Reunião Ordinária de 2017."</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/303/ata_11a_ord_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/303/ata_11a_ord_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 11ª Reunião Ordinária de 2017."</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>ASLE</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA EXTRAORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/240/ata_1a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/240/ata_1a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/246/ata_2a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/246/ata_2a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Sessão Extraordinária de 2017."</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/252/ata_3a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/252/ata_3a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 3ª Sessão Extraordinária de 2017."</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/258/ata_4a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/258/ata_4a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/264/ata_5a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/264/ata_5a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/270/ata_6a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/270/ata_6a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/276/ata_7a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/276/ata_7a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/283/ata_8a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/283/ata_8a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/288/ata_9a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/288/ata_9a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 9ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/294/ata_10a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/294/ata_10a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 10ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/301/ata_11a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/301/ata_11a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 11ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/305/ata_12a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/305/ata_12a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 12ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/308/ata_13a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/308/ata_13a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 13ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/311/ata_14a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/311/ata_14a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 14ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/314/ata_15a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/314/ata_15a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 15ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/316/ata_16a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/316/ata_16a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 16ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/318/ata_17a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/318/ata_17a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 17ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/320/ata_18a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/320/ata_18a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 18ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/322/ata_19a_ext_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/322/ata_19a_ext_2017.pdf</t>
   </si>
   <si>
     <t>"Ata 19ª Reunião Extraordinária de 2017."</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/915/pem_001_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/915/pem_001_2017.pdf</t>
   </si>
   <si>
     <t>"O ARTIGO 2º DO PROJETO DE LEI 001/2017 PASSA A ATER A SEGUINTE REDAÇÃO E ACRESCENTADO O SEU PARAGRAFO ÚNICO."</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/916/pem_003_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/916/pem_003_2017.pdf</t>
   </si>
   <si>
     <t>"Alteram a distribuição das subvenções dos itens constantes do artigo 1º do Projeto de Lei 007/2017, que passam a ter a seguinte redação."</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA SUPRESSIVA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/917/pes_001_2017.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/917/pes_001_2017.pdf</t>
   </si>
   <si>
     <t>"Os Vereadores da Câmara Municipal de Claraval resolvem suprimir o artigo 9º da Lei 006/2017 que visa Instituir o Fundo Municipal do Meio Ambiente e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1204,68 +1204,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/860/cfotc_01_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/863/cfotc_02_2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/912/cfotc_23_2017a.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/866/cfotc_08_2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/869/cfotc_10_2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/872/cfotc_12_2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/875/cfotc_21_2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/879/cfotc_22_2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/882/cfotc_23_2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/885/cfotc_24_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/888/cfotc_25_2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/891/cfotc_26_2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/894/cfotc_27_2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/897/cfotc_28_2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/903/cfotc_29_2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/900/cfotc_30_2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/909/cfotc_32_2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/910/cfotc_34_2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/861/cljrf_01_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/864/cljrf_02_2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/913/cljrf_023_2017a.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/867/cljrf_08_2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/870/cljrf_10_2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/873/cljrf_12_2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/876/cljrf_21_2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/880/cljrf_22_2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/883/cljrf_23_2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/886/cljrf_24_2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/889/cljrf_25_2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/892/cljrf_26_2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/895/cljrf_27_2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/898/cljrf_28_2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/904/cljrf_29_2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/901/cljrf_30_2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/907/cljrf_32_2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/911/cljrf_34_2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/859/plo_001_2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/862/plo_002_2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/865/plo_004_2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/868/plo_006_2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/871/plo_007_2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/874/plo_010_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/878/plo_011_2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/858/plo_012_2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/896/plo_013_2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/884/plo_014_2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/887/plo_015_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/881/plo_016_2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/890/plo_017_2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/893/plo_018_2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/905/plo_020_2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/908/plo_022_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/914/plc_001_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/902/plc_003_2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/899/plc_004_2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/243/ata_1a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/249/ata_2a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/255/ata_3a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/261/ata_4a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/267/ata_5a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/273/ata_6a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/279/ata_7a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/285/ata_8a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/291/ata_9a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/297/ata_10a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/303/ata_11a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/240/ata_1a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/246/ata_2a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/252/ata_3a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/258/ata_4a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/264/ata_5a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/270/ata_6a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/276/ata_7a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/283/ata_8a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/288/ata_9a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/294/ata_10a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/301/ata_11a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/305/ata_12a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/308/ata_13a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/311/ata_14a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/314/ata_15a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/316/ata_16a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/318/ata_17a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/320/ata_18a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/322/ata_19a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/915/pem_001_2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/916/pem_003_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/917/pes_001_2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/860/cfotc_01_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/863/cfotc_02_2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/912/cfotc_23_2017a.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/866/cfotc_08_2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/869/cfotc_10_2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/872/cfotc_12_2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/875/cfotc_21_2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/879/cfotc_22_2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/882/cfotc_23_2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/885/cfotc_24_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/888/cfotc_25_2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/891/cfotc_26_2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/894/cfotc_27_2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/897/cfotc_28_2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/903/cfotc_29_2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/900/cfotc_30_2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/909/cfotc_32_2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/910/cfotc_34_2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/861/cljrf_01_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/864/cljrf_02_2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/913/cljrf_023_2017a.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/867/cljrf_08_2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/870/cljrf_10_2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/873/cljrf_12_2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/876/cljrf_21_2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/880/cljrf_22_2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/883/cljrf_23_2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/886/cljrf_24_2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/889/cljrf_25_2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/892/cljrf_26_2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/895/cljrf_27_2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/898/cljrf_28_2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/904/cljrf_29_2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/901/cljrf_30_2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/907/cljrf_32_2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/911/cljrf_34_2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/859/plo_001_2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/862/plo_002_2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/865/plo_004_2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/868/plo_006_2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/871/plo_007_2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/874/plo_010_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/878/plo_011_2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/858/plo_012_2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/896/plo_013_2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/884/plo_014_2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/887/plo_015_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/881/plo_016_2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/890/plo_017_2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/893/plo_018_2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/905/plo_020_2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/908/plo_022_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/914/plc_001_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/902/plc_003_2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/899/plc_004_2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/243/ata_1a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/249/ata_2a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/255/ata_3a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/261/ata_4a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/267/ata_5a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/273/ata_6a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/279/ata_7a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/285/ata_8a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/291/ata_9a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/297/ata_10a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/303/ata_11a_ord_2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/240/ata_1a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/246/ata_2a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/252/ata_3a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/258/ata_4a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/264/ata_5a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/270/ata_6a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/276/ata_7a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/283/ata_8a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/288/ata_9a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/294/ata_10a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/301/ata_11a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/305/ata_12a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/308/ata_13a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/311/ata_14a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/314/ata_15a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/316/ata_16a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/318/ata_17a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/320/ata_18a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/322/ata_19a_ext_2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/915/pem_001_2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/916/pem_003_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2017/917/pes_001_2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="190.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>