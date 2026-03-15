--- v0 (2026-01-26)
+++ v1 (2026-03-15)
@@ -51,999 +51,999 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER - COFC</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/919/cfotc_01_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/919/cfotc_01_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do art. 2º da Lei 1.371/2.017 que regulariza o período de vigência da contratação temporária de servidores em situação de excepcionalidade, bem como prazo para realização de Concurso Público e dá providências."</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/922/cfotc_02_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/922/cfotc_02_2018.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a promover revisão geral anual dos salários dos servidores do Município de Claraval/MG, e dá outras providências."</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/925/cfotc_03_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/925/cfotc_03_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do art. 3° Caput da Lei Complementar n.° 010/2017 que institui o Programa de Regularização Fiscal do Município de Claraval/MG, mediante concessão de anistia de multa, juros incidentes em créditos tributários e dá outras providencias."</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/928/cfotc_06_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/928/cfotc_06_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei nº 660/91, que criou o Regime Jurídico Único e o Estatuto dos Servidores Públicos do Município de Claraval, das autarquias e fundações municipais, com a modificação que lhe foi introduzida pela Lei nº 708/92.”</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/931/cfotc_08_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/931/cfotc_08_2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL URBANO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/934/cfotc_09_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/934/cfotc_09_2018.pdf</t>
   </si>
   <si>
     <t>"INCLUI ÁREA DE TERRA DA ZONA RURAL NO PERÍMETRO URBANO DO MUNICÍPIO DE CLARAVAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/937/cfotc_11_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/937/cfotc_11_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGOS E VAGAS NO MUNICÍPIO DE CLARAVAL/MG, NA FORMA ESPECÍFICA E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/940/cfotc_15_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/940/cfotc_15_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei Complementar nº 01 de 11 de março de 2009, e Lei nº 1.271/2013, de 20 de março de 2013 e da outras providências."</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/943/cfotc_16_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/943/cfotc_16_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização de concessão de Auxílios Financeiros e_x000D_
 Subvenções, Contribuições e dá outras providências."</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/946/cfotc_17_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/946/cfotc_17_2018.pdf</t>
   </si>
   <si>
     <t>“DISPÕE E AUTORIZA A CELEBRAÇÃO DE CONVÊNIO PELO PODER PÚBLICO MUNICIPAL COM INSTITUIÇÕES DE ENSINO PÚBLICAS E PRIVADAS PARA A CONTRATAÇÃO DE ESTAGIÁRIOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/949/cfotc_18_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/949/cfotc_18_2018.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI Nº 1.391, DE 27 DE MARÇO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/952/cfotc_20_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/952/cfotc_20_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização para contratação temporária de pessoal para exercer função pública em novo Posto da ESF - (Estratégia Saúde da Família) a ser implantado do Município de Claraval/MG e dá outras providências."</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/954/cfotc_21_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/954/cfotc_21_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO  NA LEI COMPLEMENTAR N° 06, DE 30 DE ABRIL DE 2015 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/957/cfotc_22_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/957/cfotc_22_2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR MUDAS DE VIDEIRA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/960/cfotc_27_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/960/cfotc_27_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe Sobre Alteração da Carga Horária que Menciona e dá Outras Providências."</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/963/cfotc_28_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/963/cfotc_28_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO EXERCÍCIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/966/cfotc_29_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/966/cfotc_29_2018.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal no 1.386/2017, que dispõe sobre o Plano Plurianual para o período de 2018 a 2021."</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/969/cfotc_30_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/969/cfotc_30_2018.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal n° 1.399/2018, de 06/07/18 que dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício de 2019."</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/972/cfotc_31_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/972/cfotc_31_2018.pdf</t>
   </si>
   <si>
     <t>"Autoriza concessão de Subvenções, Auxílios Financeiros e Contribuições para o exercício de 2019 e contém outras providências."</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/981/cfotc_33_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/981/cfotc_33_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PARCELAMENTO DO SOLO RURAL PARA EFEITO_x000D_
 DA CRIAÇÃO DE CONDOMÍNIO FECHADO RESIDENCIAL_x000D_
 PARTICULAR NO MUNICÍPIO DE CLARAVAL/MG E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/984/cfotc_34_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/984/cfotc_34_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PARCELAMENTO DO SOLO RURAL PARA EFEITO DA CRIAÇÃO DE CONDOMÍNIOS CHACREAMENTO EM REGIME FECHADO, PARTICULAR, NO MUNICÍPIO DE CLARAVAL/MG E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/975/cfotc_35_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/975/cfotc_35_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE VAGAS NO MUNICÍPIO DE CLARAVAL/MG, NA FORMA ESPECÍFICA E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/978/cfotc_38_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/978/cfotc_38_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A EXTINÇÃO O CARGO DE AJUDANTE GERAL I, CRIADO PELA LEI 974/2003, COM VAGAS ACRESCIDAS PELA LEI COMPLEMENTAR 001/2018 E AUTORIZA O PODER EXECUTIVO A PROMOVER A TERCEIRIZAÇÃO DO SERVIÇO  RESPECTIVO, NA FORMA DA LEI 8.666/93 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/990/cfotc_39_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/990/cfotc_39_2018.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do Município de Claraval para o exercício financeiro de 2019."</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/987/cfotc_40_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/987/cfotc_40_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração dos artigos 1º e 2º da Lei 1.389/2018, que regulariza o período de vigência da contratação temporária dos servidores em situação de excepcionalidade, bem como prazo para realização de Concurso Público e dá outras providências."</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>PARECER - CCJR</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/920/cljrf_01_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/920/cljrf_01_2018.pdf</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/923/cljrf_02_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/923/cljrf_02_2018.pdf</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/926/cljrf_03_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/926/cljrf_03_2018.pdf</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/929/cljrf_06_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/929/cljrf_06_2018.pdf</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/932/cljrf_08_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/932/cljrf_08_2018.pdf</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/935/cljrf_09_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/935/cljrf_09_2018.pdf</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/938/cljrf_11_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/938/cljrf_11_2018.pdf</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/941/cljrf_15_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/941/cljrf_15_2018.pdf</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/944/cljrf_16_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/944/cljrf_16_2018.pdf</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/947/cljrf_17_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/947/cljrf_17_2018.pdf</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/948/cljrf_18_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/948/cljrf_18_2018.pdf</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/951/cljrf_20_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/951/cljrf_20_2018.pdf</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/955/cljrf_21_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/955/cljrf_21_2018.pdf</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/958/cljrf_22_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/958/cljrf_22_2018.pdf</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/961/cljrf_27_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/961/cljrf_27_2018.pdf</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/964/cljrf_28_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/964/cljrf_28_2018.pdf</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/967/cljrf_29_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/967/cljrf_29_2018.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.386/2017, que dispõe sobre o Plano Plurianual para o período de 2018 a 2021."</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/970/cljrf_30_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/970/cljrf_30_2018.pdf</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/973/cljrf_31_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/973/cljrf_31_2018.pdf</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/982/cljrf_33_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/982/cljrf_33_2018.pdf</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/985/cljrf_34_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/985/cljrf_34_2018.pdf</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/976/cljrf_35_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/976/cljrf_35_2018.pdf</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/979/cljrf_38_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/979/cljrf_38_2018.pdf</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/991/cljrf_39_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/991/cljrf_39_2018.pdf</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/988/cljrf_40_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/988/cljrf_40_2018.pdf</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/918/plo_001_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/918/plo_001_2018.pdf</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/927/plo_003_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/927/plo_003_2018.pdf</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/930/plo_004_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/930/plo_004_2018.pdf</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/933/plo_005_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/933/plo_005_2018.pdf</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/942/plo_009_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/942/plo_009_2018.pdf</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/945/plo_010_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/945/plo_010_2018.pdf</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/950/plo_011_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/950/plo_011_2018.pdf</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/959/plo_014_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/959/plo_014_2018.pdf</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/965/plo_018_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/965/plo_018_2018.pdf</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/968/plo_020_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/968/plo_020_2018.pdf</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/971/plo_021_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/971/plo_021_2018.pdf</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/992/plo_022_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/992/plo_022_2018.pdf</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/974/plo_023_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/974/plo_023_2018.pdf</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/921/plo_025_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/921/plo_025_2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover revisão geral anual dos salários dos servidores do Município de Claraval/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/989/plo_029_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/989/plo_029_2018.pdf</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/953/plc_003_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/953/plc_003_2018.pdf</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/936/plc_006_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/936/plc_006_2018.pdf</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/939/plc_008_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/939/plc_008_2018.pdf</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/956/plc_013_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/956/plc_013_2018.pdf</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/983/plc_015_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/983/plc_015_2018.pdf</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/986/plc_016_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/986/plc_016_2018.pdf</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/962/plc_017_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/962/plc_017_2018.pdf</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/924/plc_026_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/924/plc_026_2018.pdf</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/977/plc_027_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/977/plc_027_2018.pdf</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/980/plc_028_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/980/plc_028_2018.pdf</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>ASLO</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA ORDINÁRIA</t>
   </si>
   <si>
     <t>Plenário da Câmara Municipal de Claraval - PlenCMC</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/244/ata_1a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/244/ata_1a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Sessão Ordinária de 2018."</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/250/ata_2a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/250/ata_2a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Sessão Ordinária de 2018."</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/256/ata_3a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/256/ata_3a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 3ª Sessão Ordinária de 2018."</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/262/ata_4a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/262/ata_4a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Ordinária de 2018."</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/268/ata_5a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/268/ata_5a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Ordinária de 2018."</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/274/ata_6a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/274/ata_6a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Ordinária de 2018."</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/280/ata_7a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/280/ata_7a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Ordinária de 2018."</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/286/ata_8a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/286/ata_8a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Reunião Ordinária de 2018."</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/292/ata_9a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/292/ata_9a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 9ª Reunião Ordinária de 2018."</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/298/ata_10a_ord_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/298/ata_10a_ord_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 10ª Reunião Ordinária de 2018."</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>ASLE</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA EXTRAORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/241/ata_1a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/241/ata_1a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/247/ata_2a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/247/ata_2a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Sessão Extraordinária de 2018."</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/253/ata_3a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/253/ata_3a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 3ª Sessão Extraordinária de 2018."</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/259/ata_4a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/259/ata_4a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/265/ata_5a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/265/ata_5a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/271/ata_6a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/271/ata_6a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/277/ata_7a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/277/ata_7a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/281/ata_8_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/281/ata_8_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/289/ata_9a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/289/ata_9a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 9ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/295/ata_10a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/295/ata_10a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 10ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/302/ata_11a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/302/ata_11a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 11ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/306/ata_12a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/306/ata_12a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 12ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/309/ata_13a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/309/ata_13a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 13ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/312/ata_14a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/312/ata_14a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 14ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/315/ata_15a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/315/ata_15a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 15ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/317/ata_16a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/317/ata_16a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 16ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/319/ata_17a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/319/ata_17a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 17ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/321/ata_18a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/321/ata_18a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 18ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/323/ata_19a_ext_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/323/ata_19a_ext_2018.pdf</t>
   </si>
   <si>
     <t>"Ata 19ª Reunião Extraordinária de 2018."</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/994/pem_003_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/994/pem_003_2018.pdf</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA ADITIVA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/993/pea_004_2018.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/993/pea_004_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização de concessão de Auxílios Financeiros e Subvenções, Contribuições e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1350,68 +1350,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/919/cfotc_01_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/922/cfotc_02_2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/925/cfotc_03_2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/928/cfotc_06_2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/931/cfotc_08_2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/934/cfotc_09_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/937/cfotc_11_2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/940/cfotc_15_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/943/cfotc_16_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/946/cfotc_17_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/949/cfotc_18_2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/952/cfotc_20_2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/954/cfotc_21_2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/957/cfotc_22_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/960/cfotc_27_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/963/cfotc_28_2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/966/cfotc_29_2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/969/cfotc_30_2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/972/cfotc_31_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/981/cfotc_33_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/984/cfotc_34_2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/975/cfotc_35_2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/978/cfotc_38_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/990/cfotc_39_2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/987/cfotc_40_2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/920/cljrf_01_2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/923/cljrf_02_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/926/cljrf_03_2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/929/cljrf_06_2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/932/cljrf_08_2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/935/cljrf_09_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/938/cljrf_11_2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/941/cljrf_15_2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/944/cljrf_16_2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/947/cljrf_17_2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/948/cljrf_18_2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/951/cljrf_20_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/955/cljrf_21_2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/958/cljrf_22_2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/961/cljrf_27_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/964/cljrf_28_2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/967/cljrf_29_2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/970/cljrf_30_2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/973/cljrf_31_2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/982/cljrf_33_2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/985/cljrf_34_2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/976/cljrf_35_2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/979/cljrf_38_2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/991/cljrf_39_2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/988/cljrf_40_2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/918/plo_001_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/927/plo_003_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/930/plo_004_2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/933/plo_005_2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/942/plo_009_2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/945/plo_010_2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/950/plo_011_2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/959/plo_014_2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/965/plo_018_2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/968/plo_020_2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/971/plo_021_2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/992/plo_022_2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/974/plo_023_2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/921/plo_025_2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/989/plo_029_2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/953/plc_003_2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/936/plc_006_2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/939/plc_008_2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/956/plc_013_2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/983/plc_015_2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/986/plc_016_2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/962/plc_017_2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/924/plc_026_2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/977/plc_027_2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/980/plc_028_2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/244/ata_1a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/250/ata_2a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/256/ata_3a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/262/ata_4a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/268/ata_5a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/274/ata_6a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/280/ata_7a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/286/ata_8a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/292/ata_9a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/298/ata_10a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/241/ata_1a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/247/ata_2a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/253/ata_3a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/259/ata_4a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/265/ata_5a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/271/ata_6a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/277/ata_7a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/281/ata_8_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/289/ata_9a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/295/ata_10a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/302/ata_11a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/306/ata_12a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/309/ata_13a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/312/ata_14a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/315/ata_15a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/317/ata_16a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/319/ata_17a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/321/ata_18a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/323/ata_19a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/994/pem_003_2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/993/pea_004_2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/919/cfotc_01_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/922/cfotc_02_2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/925/cfotc_03_2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/928/cfotc_06_2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/931/cfotc_08_2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/934/cfotc_09_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/937/cfotc_11_2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/940/cfotc_15_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/943/cfotc_16_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/946/cfotc_17_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/949/cfotc_18_2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/952/cfotc_20_2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/954/cfotc_21_2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/957/cfotc_22_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/960/cfotc_27_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/963/cfotc_28_2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/966/cfotc_29_2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/969/cfotc_30_2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/972/cfotc_31_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/981/cfotc_33_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/984/cfotc_34_2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/975/cfotc_35_2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/978/cfotc_38_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/990/cfotc_39_2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/987/cfotc_40_2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/920/cljrf_01_2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/923/cljrf_02_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/926/cljrf_03_2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/929/cljrf_06_2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/932/cljrf_08_2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/935/cljrf_09_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/938/cljrf_11_2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/941/cljrf_15_2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/944/cljrf_16_2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/947/cljrf_17_2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/948/cljrf_18_2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/951/cljrf_20_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/955/cljrf_21_2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/958/cljrf_22_2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/961/cljrf_27_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/964/cljrf_28_2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/967/cljrf_29_2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/970/cljrf_30_2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/973/cljrf_31_2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/982/cljrf_33_2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/985/cljrf_34_2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/976/cljrf_35_2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/979/cljrf_38_2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/991/cljrf_39_2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/988/cljrf_40_2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/918/plo_001_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/927/plo_003_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/930/plo_004_2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/933/plo_005_2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/942/plo_009_2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/945/plo_010_2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/950/plo_011_2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/959/plo_014_2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/965/plo_018_2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/968/plo_020_2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/971/plo_021_2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/992/plo_022_2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/974/plo_023_2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/921/plo_025_2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/989/plo_029_2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/953/plc_003_2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/936/plc_006_2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/939/plc_008_2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/956/plc_013_2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/983/plc_015_2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/986/plc_016_2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/962/plc_017_2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/924/plc_026_2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/977/plc_027_2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/980/plc_028_2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/244/ata_1a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/250/ata_2a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/256/ata_3a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/262/ata_4a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/268/ata_5a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/274/ata_6a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/280/ata_7a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/286/ata_8a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/292/ata_9a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/298/ata_10a_ord_2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/241/ata_1a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/247/ata_2a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/253/ata_3a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/259/ata_4a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/265/ata_5a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/271/ata_6a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/277/ata_7a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/281/ata_8_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/289/ata_9a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/295/ata_10a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/302/ata_11a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/306/ata_12a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/309/ata_13a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/312/ata_14a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/315/ata_15a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/317/ata_16a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/319/ata_17a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/321/ata_18a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/323/ata_19a_ext_2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/994/pem_003_2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2018/993/pea_004_2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>