--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -51,573 +51,573 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>PARECER - COFC</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/995/cfotc_01_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/995/cfotc_01_2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe Sobre Autorização Para Revisão Geral Anual dos Salários dos Servidores do Município de Claraval/MG, pelo Poder Executivo, e dá Outras Providências.”</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1002/cfotc_05_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1002/cfotc_05_2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe Sobre Aumento do Piso Salarial dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias, de conformidade com a Lei Federal nº 13.708/2018 e dá outras providências."</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1008/cfotc_06_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1008/cfotc_06_2019.pdf</t>
   </si>
   <si>
     <t>"INSTITUI PROGRAMA DE REGULARIZAÇÃO DE DÉBITO FISCAL NO MUNICÍPIO DE CLARAVAL/MG, MEDIANTE CONCESSÃO DE ANISTIA DE MULTA, JUROS INCIDENTES EM CRÉDITOS TRIBUTÁRIOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1029/cfotc_07_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1029/cfotc_07_2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de via pública, em perímetro urbano de Claraval-MG e dá outras providencias."</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/999/cfotc_10_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/999/cfotc_10_2019.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO EXERCÍCIO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1011/cfotc_12_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1011/cfotc_12_2019.pdf</t>
   </si>
   <si>
     <t>"Institui a Nota Fiscal de Serviço Eletrônica (NFS-e) no Município de Claraval/MG, e dá Outras Providências."</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1005/cfotc_13_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1005/cfotc_13_2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do art. 3° Caput da Lei Complementar n.° 01/2019 que institui o Programa de Regularização de Débito Fiscal do Município de Claraval/MG, mediante concessão de anistia de multa, juros incidentes em créditos tributários e dá outras providencias."</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1023/cfotc_15_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1023/cfotc_15_2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar operação de crédito com a instituição financeira Caixa Econômica Econômica Federal, prestar garantia e dá outras providências."</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1014/cfotc_17_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1014/cfotc_17_2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza concessão de Subvenções, Auxílios Financeiros e Contribuições para o exercício de 2020 e contém outras providências."</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1017/cfotc_18_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1017/cfotc_18_2019.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.413/2019, de 08/07/2019 que dispõe sobre as diretrizes para a elaboração da proposta orçamentária para o exercício de 2020."</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1020/cfotc_19_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1020/cfotc_19_2019.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.386/2017, que dispõe sobre o Plano Plurianual para o período de 2018 a 2021."</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1026/cfotc_20_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1026/cfotc_20_2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe Sobre alteração das Atribuições do Cargo de 'Encarregado de Cemitério I' bem com dispõe sobre a Realocação o Migração do Cargo de 'Auxiliar de Enfermagem' em 'Técnico em Enfermagem' e dá Outras Providências."</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>PARECER - CCJR</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/996/cljrf_01_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/996/cljrf_01_2019.pdf</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1001/cljrf_05_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1001/cljrf_05_2019.pdf</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1007/cljrf_06_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1007/cljrf_06_2019.pdf</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1028/cljrf_07_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1028/cljrf_07_2019.pdf</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/998/cljrf_10_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/998/cljrf_10_2019.pdf</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1010/cljrf_12_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1010/cljrf_12_2019.pdf</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1004/cljrf_13_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1004/cljrf_13_2019.pdf</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1022/cljrf_15_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1022/cljrf_15_2019.pdf</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1013/plo_08_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1013/plo_08_2019.pdf</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1016/cljrf_18_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1016/cljrf_18_2019.pdf</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1019/cljrf_19_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1019/cljrf_19_2019.pdf</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1025/cljrf_20_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1025/cljrf_20_2019.pdf</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/997/plo_01_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/997/plo_01_2019.pdf</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1003/plo_02_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1003/plo_02_2019.pdf</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1030/plo_04_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1030/plo_04_2019.pdf</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1000/plo_05_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1000/plo_05_2019.pdf</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1012/plo_06_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1012/plo_06_2019.pdf</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1015/plo_08_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1015/plo_08_2019.pdf</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1018/plo_09_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1018/plo_09_2019.pdf</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1021/plo_10_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1021/plo_10_2019.pdf</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1024/plo_11_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1024/plo_11_2019.pdf</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1027/plo_12_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1027/plo_12_2019.pdf</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1032/req_01_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1032/req_01_2019.pdf</t>
   </si>
   <si>
     <t>"A Mesa da Câmara Municipal de Claraval - MG, em cumprimento a disposição regimental, solicita ao Plenário assentimento especial para concessão de URGÊNCIA ESPECIAL para apreciação do Projeto de Lei Nº 01/2019, conforme o Ofício GP Nº 011/2019."</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1033/req_04_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1033/req_04_2019.pdf</t>
   </si>
   <si>
     <t>"A Mesa da Câmara Municipal de Claraval - MG, em cumprimento a disposição regimental, solicita ao Plenário assentimento especial para concessão de URGÊNCIA ESPECIAL para apreciação do Projeto de Lei Nº 11/2019, conforme o Ofício Nº 116/2019."</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1006/cfotc_13_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1006/cfotc_13_2019.pdf</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1009/plc_03_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1009/plc_03_2019.pdf</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>ASLO</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/350/ata_1a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/350/ata_1a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Sessão Ordinária de 2019."</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/372/ata_2a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/372/ata_2a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Sessão Ordinária de 2019."</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/418/ata_4a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/418/ata_4a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Ordinária de 2019."</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/442/ata_5a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/442/ata_5a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Ordinária de 2019."</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/465/ata_6a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/465/ata_6a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Ordinária de 2019."</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/488/ata_7a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/488/ata_7a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Ordinária de 2019"</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/511/ata_8a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/511/ata_8a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Reunião Ordinária de 2019."</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/532/ata_9a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/532/ata_9a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 9ª Reunião Ordinária de 2019."</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/554/ata_10a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/554/ata_10a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 10ª Reunião Ordinária de 2019."</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/569/ata_11a_ord_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/569/ata_11a_ord_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 11ª Reunião Ordinária de 2019."</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>ASLE</t>
   </si>
   <si>
     <t>ATA SESSÃO LEGISLATIVA EXTRAORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/335/ata_1a_ext_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/335/ata_1a_ext_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 1ª Reunião Extraordinária de 2019."</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/361/ata_2a_ext_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/361/ata_2a_ext_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 2ª Sessão Extraordinária de 2019."</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/384/ata_3a_ext_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/384/ata_3a_ext_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 3ª Reunião Extraordinária de 2019."</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/406/ata_4a_ext_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/406/ata_4a_ext_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 4ª Reunião Extraordinária de 2019."</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/430/ata_5a_ext_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/430/ata_5a_ext_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 5ª Reunião Extraordinária de 2019."</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/454/ata_6a_ext_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/454/ata_6a_ext_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 6ª Reunião Extraordinária de 2019."</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/476/ata_7a_ext_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/476/ata_7a_ext_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 7ª Reunião Extraordinária de 2019."</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/500/ata_8a_ext_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/500/ata_8a_ext_2019.pdf</t>
   </si>
   <si>
     <t>"Ata 8ª Reunião Extraordinária de 2019."</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1031/pem_01_2019.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1031/pem_01_2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -921,67 +921,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/995/cfotc_01_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1002/cfotc_05_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1008/cfotc_06_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1029/cfotc_07_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/999/cfotc_10_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1011/cfotc_12_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1005/cfotc_13_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1023/cfotc_15_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1014/cfotc_17_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1017/cfotc_18_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1020/cfotc_19_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1026/cfotc_20_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/996/cljrf_01_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1001/cljrf_05_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1007/cljrf_06_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1028/cljrf_07_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/998/cljrf_10_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1010/cljrf_12_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1004/cljrf_13_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1022/cljrf_15_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1013/plo_08_2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1016/cljrf_18_2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1019/cljrf_19_2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1025/cljrf_20_2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/997/plo_01_2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1003/plo_02_2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1030/plo_04_2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1000/plo_05_2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1012/plo_06_2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1015/plo_08_2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1018/plo_09_2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1021/plo_10_2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1024/plo_11_2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1027/plo_12_2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1032/req_01_2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1033/req_04_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1006/cfotc_13_2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1009/plc_03_2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/350/ata_1a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/372/ata_2a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/418/ata_4a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/442/ata_5a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/465/ata_6a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/488/ata_7a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/511/ata_8a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/532/ata_9a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/554/ata_10a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/569/ata_11a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/335/ata_1a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/361/ata_2a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/384/ata_3a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/406/ata_4a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/430/ata_5a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/454/ata_6a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/476/ata_7a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/500/ata_8a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1031/pem_01_2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/995/cfotc_01_2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1002/cfotc_05_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1008/cfotc_06_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1029/cfotc_07_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/999/cfotc_10_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1011/cfotc_12_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1005/cfotc_13_2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1023/cfotc_15_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1014/cfotc_17_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1017/cfotc_18_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1020/cfotc_19_2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1026/cfotc_20_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/996/cljrf_01_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1001/cljrf_05_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1007/cljrf_06_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1028/cljrf_07_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/998/cljrf_10_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1010/cljrf_12_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1004/cljrf_13_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1022/cljrf_15_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1013/plo_08_2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1016/cljrf_18_2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1019/cljrf_19_2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1025/cljrf_20_2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/997/plo_01_2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1003/plo_02_2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1030/plo_04_2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1000/plo_05_2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1012/plo_06_2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1015/plo_08_2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1018/plo_09_2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1021/plo_10_2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1024/plo_11_2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1027/plo_12_2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1032/req_01_2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1033/req_04_2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1006/cfotc_13_2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1009/plc_03_2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/350/ata_1a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/372/ata_2a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/418/ata_4a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/442/ata_5a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/465/ata_6a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/488/ata_7a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/511/ata_8a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/532/ata_9a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/554/ata_10a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/569/ata_11a_ord_2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/335/ata_1a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/361/ata_2a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/384/ata_3a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/406/ata_4a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/430/ata_5a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/454/ata_6a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/476/ata_7a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/500/ata_8a_ext_2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2019/1031/pem_01_2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="240" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>