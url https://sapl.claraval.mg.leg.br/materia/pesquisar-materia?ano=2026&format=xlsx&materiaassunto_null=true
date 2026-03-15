--- v0 (2026-01-26)
+++ v1 (2026-03-15)
@@ -10,132 +10,540 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="160">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>PARECER - COFC</t>
+  </si>
+  <si>
+    <t>COFC - Comissão de Orçamento, Finanças e Contabilidade</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1482/pcofc_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de  ORÇAMENTO , FINANÇAS E CONTABILIDADE, reunida e em conferencia os seus membros para examinarem o projeto de  Lei nº004/2026  que  “DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS E VENCIMENTOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE CLARAVAL, INCLUINDO PREFEITO, VICE-PREFEITO, SECRETÁRIOS MUNICIPAIS E VEREADORES, E DÁ OUTRAS PROVIDÊNCIAS”, entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1483/pcofc_02_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de  ORÇAMENTO , FINANÇAS E CONTABILIDADE, reunida e em conferencia os seus membros para examinarem o projeto de  Lei nº003/2026  que “DISPÕE SOBRE A AUTORIZAÇÃO PARA REAJUSTE GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DO MUNICÍPIO DE CLARAVAL – MG PELO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS”,  _x000D_
+entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em _x000D_
+plenário.</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1484/pcofc_03_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de  ORÇAMENTO , FINANÇAS E CONTABILIDADE, reunida e em conferencia os seus membros para examinarem o projeto de  Resolução  nº001/2026  que “DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS EFETIVOS E _x000D_
+COMISSIONADOS DA CÂMARA MUNICIPAL DE CLARAVAL E DÁ OUTRAS PROVIDÊNCIAS.” entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1491/par_cofc_04_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de  ORÇAMENTO , FINANÇAS E CONTABILIDADE, reunida e em conferencia os seus membros para examinarem o projeto de  Lei nº006/2026  que  “DISPÕE SOBRE A DENOMINAÇÃO DE ESPAÇO COMUNITÁRIO NO MUNICÍPIO DE CLARAVAL-MG E DÁ  OUTRAS PROVIDÊNCIAS”,  entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1493/par_cofc_05_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de  ORÇAMENTO , FINANÇAS E CONTABILIDADE, reunida e em conferencia os seus membros para examinarem o projeto de  Lei nº007/2026  que “ INSTITUI O CADASTRO E O MAPEAMENTO MUNICIPAL DAS ESTRADAS RURAIS E PONTOS CRÍTICOS NO MUNICÍPIO DE _x000D_
+CLARAVAL -MG E  DÁ OUTRAS PROVIDÊNCIAS”, entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1503/pcofc_06_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de ORÇAMENTO , FINANÇAS E CONTABILIDADE, reunida e em conferencia os seus membros para examinarem o projeto de Lei nº014/2026 que “DISPÕE SOBRE A CONCESSÃO DE REAJUSTE REAL DE 6% AOS VENCIMENTOS DOS CARGOS DE ASSESSOR DE COMUNICAÇÃO, AUXILIAR ADMINISTRATIVO E AUXILIAR DE SERVIÇOS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.” entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>PARECER - CCJR</t>
+  </si>
+  <si>
+    <t>CCJR - Comissão de Constituição, Justiça e Redação</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1485/pccjr_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de CONSTITUIÇÃO , JUSTIÇA E REDAÇÃO, reunida e em conferencia os seus membros para examinarem o projeto de Lei nº004/2026 que “DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS E VENCIMENTOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE CLARAVAL, INCLUINDO PREFEITO, VICE-PREFEITO, SECRETÁRIOS MUNICIPAIS E VEREADORES, E DÁ OUTRAS PROVIDÊNCIAS”, entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1486/pccjr_02_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de CONSTITUIÇÃO , JUSTIÇA E REDAÇÃO, reunida e em conferencia os seus membros para examinarem o projeto de Lei nº003/2026 que “DISPÕE SOBRE A AUTORIZAÇÃO PARA REAJUSTE GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DO MUNICÍPIO DE CLARAVAL – MG PELO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS”,  entendem que o _x000D_
+mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1487/pccjr_03_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de CONSTITUIÇÃO , JUSTIÇA E REDAÇÃO, reunida e em conferencia os seus membros para examinarem o projeto de Resolução nº001/2026 que  “DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS EFETIVOS E COMISSIONADOS DA CÂMARA MUNICIPAL DE CLARAVAL E DÁ OUTRAS PROVIDÊNCIAS”, entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1492/par_ccjr_04_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de CONSTITUIÇÃO , JUSTIÇA E REDAÇÃO, reunida e em conferencia os seus membros para examinarem o projeto de Lei nº006/2026 que “DISPÕE SOBRE A DENOMINAÇÃO DE ESPAÇO COMUNITÁRIO NO MUNICÍPIO DE CLARAVAL-MG E DÁ  OUTRAS PROVIDÊNCIAS”,  entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1494/par_ccjr_05_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de CONSTITUIÇÃO , JUSTIÇA E REDAÇÃO, reunida e em conferencia os seus membros para examinarem o projeto de Lei nº007/2026 que “ INSTITUI O CADASTRO E O MAPEAMENTO MUNICIPAL DAS ESTRADAS RURAIS E PONTOS CRÍTICOS NO MUNICÍPIO DE CLARAVAL -MG E  DÁ OUTRAS PROVIDÊNCIAS", entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
+    <t>1502</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1502/pccjr_06_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de CONSTITUIÇÃO , JUSTIÇA E REDAÇÃO, reunida e em conferencia os seus membros para examinarem o projeto de Lei nº014/2026 que “DISPÕE SOBRE A CONCESSÃO DEREAJUSTE REAL DE 6% AOS VENCIMENTOS DOS CARGOS DE ASSESSOR DE COMUNICAÇÃO, AUXILIAR ADMINISTRATIVO E AUXILIAR DE SERVIÇOS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.” entendem que o mesmo examinado satisfaz as condições legais para ser apreciado em plenário.</t>
+  </si>
+  <si>
     <t>1464</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>PREFEITO MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1464/plo_01_2026.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1464/plo_01_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação da Coordenadoria Municipal de Defesa Civil (COMDEC) do município de Claraval/MG, altera sua nomenclatura para Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC), reestrutura o conselho municipal de defesa civil, cria o fundo municipal de proteção e defesa civil, e dá outras providências.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1465/plo_02_2026.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1465/plo_02_2026.pdf</t>
   </si>
   <si>
     <t>"Autoriza concessão de Subvenções, Auxílios Financeiros e Contribuições e contém outras providências."</t>
   </si>
   <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1467/plo_03_2026.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a Autorização para Reajuste Anual dos Vencimentos dos Servidores do Município de Claraval/MG, pelo Poder Executivo e dá outras Providências”.</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>Mesa Diretora da Câmara Municipal de Claraval - MDC</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS E VENCIMENTOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE CLARAVAL, INCLUINDO PREFEITO, VICE-PREFEITO, SECRETÁRIOS MUNICIPAIS E VEREADORES, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1472/plo_05_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo a firmar acordo judicial nos autos do processo n.º 5000473-06.2024.8.13.0297, em que são partes o Município de Claraval e Sindicato dos Empregados da Prefeitura de Claraval e dá outras providências."</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>Honoroalde Carrijo Silvério (Nono)</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1473/plo_06_2026.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a denominação de espaço comunitário no Município de Claraval/MG e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1474/plo_07_2026.pdf</t>
+  </si>
+  <si>
+    <t>“Institui o Cadastro e o Mapeamento Municipal das Estradas Rurais e Pontos Críticos no Município de Claraval/MG e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1475/plo_08_2026.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1577/2025 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CLARAVAL PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1476/plo_09_2026.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1577/2025 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CLARAVAL PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1477/plo_10_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o reajuste do valor do auxílio alimentação concedido aos servidores públicos municipais de Claraval e dá outras providências."</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1488/plo_011_2026.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1577/2025 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CLARAVAL PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS. AQUISIÇÃO DE VEÍCULO PARA O TRANSPORTE ESCOLAR."</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1489/plo_012_2026.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NA LEI Nº 1577/2025 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CLARAVAL PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS. ABERTURA DE CREDITOS POR SUPERAVIT."</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1490/pl_013_2026.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 1577/2025 – QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CLARAVAL PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS. MANUTENÇÃO DE SEGURANÇA DO MUNICIPIO."</t>
+  </si>
+  <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1498/plo_014_2026.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A CONCESSÃO DE REAJUSTE REAL DE 6% (SEIS POR CENTO) AOS VENCIMENTOS DOS CARGOS DE ASSESSOR DE COMUNICAÇÃO, AUXILIAR ADMINISTRATIVO E AUXILIAR DE SERVIÇOS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>PROJETO DE RESOLUCÃO</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1471/pr_01_2026.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS EFETIVOS E COMISSIONADOS DA CÂMARA MUNICIPAL DE CLARAVAL E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
     <t>1466</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>Mesa Diretora da Câmara Municipal de Claraval - MDC</t>
-[...2 lines deleted...]
-    <t>https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1466/req_01_2026.pdf</t>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1466/req_01_2026.pdf</t>
   </si>
   <si>
     <t>Da mesa da Câmara Municipal de Claraval – MG , em _x000D_
 cumprimento a Disposição Regimental do artº 172 incisos I e seguintes _x000D_
 do Regimento Interno, solicita ao Plenário assentimento especial ao _x000D_
 Projeto de Lei  nº001/2026 do Poder Executivo Municipal, urgência _x000D_
 Especial para apreciação.</t>
+  </si>
+  <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1469/req_02_2026.pdf</t>
+  </si>
+  <si>
+    <t>Da mesa da Câmara Municipal de Claraval – MG , em cumprimento a Disposição Regimental do artº 172 incisos I e seguintes do Regimento Interno, solicita ao Plenário assentimento especial ao Projeto de Lei  nº002/2026 do Poder Executivo Municipal, urgência Especial para apreciação.</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>Tiãozinho Do Bar</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1470/req_03_2026.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que este subscreve, nos termos regimentais e após ouvido o soberano Plenário, REQUER ao Senhor Prefeito Municipal, que sejam prestadas informações detalhadas acerca do motivo pelo qual não foram finalizadas as obras de construção de calçadas, realizadas por meio de emenda parlamentar do Deputado Federal Emidinho Madeira.</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1478/req_04_2026.pdf</t>
+  </si>
+  <si>
+    <t>Da mesa da Câmara Municipal de Claraval – MG , em cumprimento a Disposição Regimental do artº 172 incisos I e seguintes do Regimento Interno, solicita ao Plenário assentimento especial ao Projeto de Lei  nº005/2026 do Poder Executivo Municipal, urgência Especial para apreciação.</t>
+  </si>
+  <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1479/req_05_2026.pdf</t>
+  </si>
+  <si>
+    <t>Da mesa da Câmara Municipal de Claraval – MG , em cumprimento a Disposição Regimental do artº 172 incisos I e seguintes do Regimento Interno, solicita ao Plenário assentimento especial ao Projeto de Lei  nº008/2026 do Poder Executivo Municipal, urgência Especial para apreciação.</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1480/req_06_2026.pdf</t>
+  </si>
+  <si>
+    <t>Da mesa da Câmara Municipal de Claraval – MG , em cumprimento a Disposição Regimental do artº 172 incisos I e seguintes do Regimento Interno, solicita ao Plenário assentimento especial ao Projeto de Lei  nº009/2026 do Poder Executivo Municipal, urgência Especial para apreciação.</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1481/req_07_2026.pdf</t>
+  </si>
+  <si>
+    <t>Da mesa da Câmara Municipal de Claraval – MG , em cumprimento a Disposição Regimental do artº 172 incisos I e seguintes do Regimento Interno, solicita ao Plenário assentimento especial ao Projeto de Lei  nº010/2026 do Poder Executivo Municipal, urgência Especial para apreciação.</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1495/req_08_2026.pdf</t>
+  </si>
+  <si>
+    <t>Da mesa da Câmara Municipal de Claraval – MG , em cumprimento a Disposição Regimental do artº 172 incisos I e seguintes do Regimento Interno, solicita ao Plenário assentimento especial ao Projeto de Lei  nº011/2026 do Poder Executivo Municipal, urgência Especial para apreciação.</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1496/req_09_2026.pdf</t>
+  </si>
+  <si>
+    <t>Da mesa da Câmara Municipal de Claraval – MG , em cumprimento a Disposição Regimental do artº 172 incisos I e seguintes do Regimento Interno, solicita ao Plenário assentimento especial ao Projeto de Lei  nº012/2026 do Poder Executivo Municipal, urgência Especial para apreciação.</t>
+  </si>
+  <si>
+    <t>1497</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1497/req_10_2026.pdf</t>
+  </si>
+  <si>
+    <t>Da mesa da Câmara Municipal de Claraval – MG , em cumprimento a Disposição Regimental do artº 172 incisos I e seguintes do Regimento Interno, solicita ao Plenário assentimento especial ao Projeto de Lei  nº013/2026 do Poder Executivo Municipal, urgência Especial para apreciação.</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>Plenário da Câmara Municipal de Claraval - PlenCMC</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1500/req_11_2026.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores da Câmara Municipal, por meio do Programa “Câmara mais perto da população”, após visita realizada no Bairro Rural de Andrades, no dia 09 de março de 2026, vêm respeitosamente apresentar a Vossa Excelência as principais demandas relatadas pelos_x000D_
+moradores, solicitando análise e providências do Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>Gabriela Ananda</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1501/req_12_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora Gabriela Ananda Neves Borges, no uso de suas atribuições legais e regimentais e após ouvido o soberano Plenário, REQUER informações acerca do cumprimento da Lei Municipal nº 1.556/2025, de autoria desta vereadora, que dispõe sobre a disponibilização de aparelho sensor de monitoramento contínuo de glicose para pacientes com Diabetes Tipo 1 no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1499/req_13_2026.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAÇÃO DE IMPLANTAÇÃO DE LOMBADAS E REDUTORES DE VELOCIDADE NA ENTRADA DO MUNICÍPIO DE CLARAVAL/MG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -439,67 +847,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1464/plo_01_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1465/plo_02_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1466/req_01_2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1482/pcofc_01_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1483/pcofc_02_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1484/pcofc_03_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1491/par_cofc_04_2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1493/par_cofc_05_2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1503/pcofc_06_2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1485/pccjr_01_2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1486/pccjr_02_2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1487/pccjr_03_2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1492/par_ccjr_04_2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1494/par_ccjr_05_2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1502/pccjr_06_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1464/plo_01_2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1465/plo_02_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1467/plo_03_2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1472/plo_05_2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1473/plo_06_2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1474/plo_07_2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1475/plo_08_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1476/plo_09_2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1477/plo_10_2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1488/plo_011_2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1489/plo_012_2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1490/pl_013_2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1498/plo_014_2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1471/pr_01_2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1466/req_01_2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1469/req_02_2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1470/req_03_2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1478/req_04_2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1479/req_05_2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1480/req_06_2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1481/req_07_2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1495/req_08_2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1496/req_09_2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1497/req_10_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1500/req_11_2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1501/req_12_2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.claraval.mg.leg.br/media/sapl/public/materialegislativa/2026/1499/req_13_2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="48.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="86.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="52.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -545,73 +953,1072 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>10</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>21</v>
       </c>
-      <c r="E4" t="s">
-[...8 lines deleted...]
-      <c r="H4" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>25</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" t="s">
+        <v>38</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F12" t="s">
+        <v>38</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F13" t="s">
+        <v>38</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H14" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H15" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" t="s">
+        <v>58</v>
+      </c>
+      <c r="F16" t="s">
+        <v>59</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H16" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" t="s">
+        <v>69</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" t="s">
+        <v>57</v>
+      </c>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H18" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" t="s">
+        <v>58</v>
+      </c>
+      <c r="F19" t="s">
+        <v>76</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H19" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" t="s">
+        <v>58</v>
+      </c>
+      <c r="F20" t="s">
+        <v>76</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H20" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>84</v>
+      </c>
+      <c r="D21" t="s">
+        <v>57</v>
+      </c>
+      <c r="E21" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" t="s">
+        <v>59</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H21" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>87</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" t="s">
+        <v>58</v>
+      </c>
+      <c r="F22" t="s">
+        <v>59</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H22" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>92</v>
+      </c>
+      <c r="D23" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" t="s">
+        <v>58</v>
+      </c>
+      <c r="F23" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H23" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>95</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>96</v>
+      </c>
+      <c r="D24" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" t="s">
+        <v>58</v>
+      </c>
+      <c r="F24" t="s">
+        <v>59</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>99</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>100</v>
+      </c>
+      <c r="D25" t="s">
+        <v>57</v>
+      </c>
+      <c r="E25" t="s">
+        <v>58</v>
+      </c>
+      <c r="F25" t="s">
+        <v>59</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H25" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>104</v>
+      </c>
+      <c r="D26" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" t="s">
+        <v>58</v>
+      </c>
+      <c r="F26" t="s">
+        <v>59</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H26" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>107</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>108</v>
+      </c>
+      <c r="D27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E27" t="s">
+        <v>58</v>
+      </c>
+      <c r="F27" t="s">
+        <v>69</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H27" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>111</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
+        <v>112</v>
+      </c>
+      <c r="E28" t="s">
+        <v>113</v>
+      </c>
+      <c r="F28" t="s">
+        <v>69</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H28" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>117</v>
+      </c>
+      <c r="E29" t="s">
+        <v>118</v>
+      </c>
+      <c r="F29" t="s">
+        <v>69</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H29" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>121</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" t="s">
+        <v>117</v>
+      </c>
+      <c r="E30" t="s">
+        <v>118</v>
+      </c>
+      <c r="F30" t="s">
+        <v>69</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H30" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>21</v>
+      </c>
+      <c r="D31" t="s">
+        <v>117</v>
+      </c>
+      <c r="E31" t="s">
+        <v>118</v>
+      </c>
+      <c r="F31" t="s">
+        <v>125</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H31" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" t="s">
+        <v>117</v>
+      </c>
+      <c r="E32" t="s">
+        <v>118</v>
+      </c>
+      <c r="F32" t="s">
+        <v>69</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H32" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>131</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>29</v>
+      </c>
+      <c r="D33" t="s">
+        <v>117</v>
+      </c>
+      <c r="E33" t="s">
+        <v>118</v>
+      </c>
+      <c r="F33" t="s">
+        <v>69</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H33" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>134</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>33</v>
+      </c>
+      <c r="D34" t="s">
+        <v>117</v>
+      </c>
+      <c r="E34" t="s">
+        <v>118</v>
+      </c>
+      <c r="F34" t="s">
+        <v>69</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H34" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>137</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>80</v>
+      </c>
+      <c r="D35" t="s">
+        <v>117</v>
+      </c>
+      <c r="E35" t="s">
+        <v>118</v>
+      </c>
+      <c r="F35" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H35" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>140</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>84</v>
+      </c>
+      <c r="D36" t="s">
+        <v>117</v>
+      </c>
+      <c r="E36" t="s">
+        <v>118</v>
+      </c>
+      <c r="F36" t="s">
+        <v>69</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H36" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>143</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>88</v>
+      </c>
+      <c r="D37" t="s">
+        <v>117</v>
+      </c>
+      <c r="E37" t="s">
+        <v>118</v>
+      </c>
+      <c r="F37" t="s">
+        <v>69</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H37" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>146</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>92</v>
+      </c>
+      <c r="D38" t="s">
+        <v>117</v>
+      </c>
+      <c r="E38" t="s">
+        <v>118</v>
+      </c>
+      <c r="F38" t="s">
+        <v>69</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H38" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>149</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>96</v>
+      </c>
+      <c r="D39" t="s">
+        <v>117</v>
+      </c>
+      <c r="E39" t="s">
+        <v>118</v>
+      </c>
+      <c r="F39" t="s">
+        <v>150</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H39" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>153</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>100</v>
+      </c>
+      <c r="D40" t="s">
+        <v>117</v>
+      </c>
+      <c r="E40" t="s">
+        <v>118</v>
+      </c>
+      <c r="F40" t="s">
+        <v>154</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H40" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>157</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>104</v>
+      </c>
+      <c r="D41" t="s">
+        <v>117</v>
+      </c>
+      <c r="E41" t="s">
+        <v>118</v>
+      </c>
+      <c r="F41" t="s">
+        <v>69</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H41" t="s">
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>