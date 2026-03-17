--- v1 (2026-03-12)
+++ v2 (2026-03-17)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="75">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>2026-12-21</t>
   </si>
   <si>
     <t>19:15</t>
   </si>
   <si>
@@ -178,50 +178,53 @@
     <t>7ª SESSÃO ORDINÁRIA da 2ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2026-04-20</t>
   </si>
   <si>
     <t>6ª SESSÃO ORDINÁRIA da 2ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>2026-04-06</t>
   </si>
   <si>
     <t>5ª SESSÃO ORDINÁRIA da 2ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>2026-03-16</t>
+  </si>
+  <si>
+    <t>19:10</t>
   </si>
   <si>
     <t>4ª SESSÃO ORDINÁRIA da 2ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>2026-03-02</t>
   </si>
   <si>
     <t>20:45</t>
   </si>
   <si>
     <t>3ª SESSÃO ORDINÁRIA da 2ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>2026-02-19</t>
   </si>
   <si>
     <t>21:00</t>
   </si>
@@ -833,128 +836,128 @@
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17" t="s">
         <v>7</v>
       </c>
       <c r="F17" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
       <c r="C18" t="s">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="F18" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C19" t="s">
         <v>7</v>
       </c>
       <c r="D19" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E19" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F19" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B20" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C20" t="s">
         <v>7</v>
       </c>
       <c r="E20" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B21" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C21" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F21" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D22" t="s">
         <v>71</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>